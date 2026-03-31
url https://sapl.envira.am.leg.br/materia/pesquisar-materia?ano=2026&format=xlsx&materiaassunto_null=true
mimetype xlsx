--- v0 (2026-02-12)
+++ v1 (2026-03-31)
@@ -10,167 +10,470 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="140">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça, CECDL - Comissão de Educação, Cultura, Desporto e Lazer, CFO - Comissão de Finanças e Orçamento, CRF - Comissão de Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/173/emenda_modificativa_no_001-2026.pdf</t>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/173/emenda_modificativa_no_001-2026.pdf</t>
   </si>
   <si>
     <t>Renumera o atual artigo 4° do projeto de lei original n° 459/2026 para artigo 3°, com a redação da cláusula de vigência, bem como remumerar o atual artigo 5° do projeto de lei originário n° 459/2026 para artigo 4°, cujo projeto de lei dispõe sobre a concessão do reajuste de vencimento aos profissionais do magistério público do município de envira, atualiza o anexo IV, as gratificações da lei n° 355, de 12 de dezembro de 2018, que institui o plano de cargos, carreira e remuneração dos profissionais do magistério público do Município de Envira e dá outras providências.</t>
   </si>
   <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Lindomar Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/179/indicacao_no_001-2026_-_ver._lindomar_-_capacitacao_de_seguranca_escolar.pdf</t>
+  </si>
+  <si>
+    <t>Realização de capacitação e treinamento para os Guardas Escolares do Município de Envira.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Nonato Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/185/indicacao_no_001-2026_-_vereador_nonato_lopes.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 001/2026, de 04 de março de 2026, de autoria do vereador Nonato Lopes, que indica ao chefe do Poder Executivo Municipal a criação de uma equipe municipal de saúde mental no âmbito da Atenção Básica.</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Rerison Laian</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/186/indicacao_no_001-2026_-_vereador_rerison.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 001/2026, de 13 de março de 2026, de autoria do vereador Rerison Laian, que solicita ao chefe do Poder Executivo que, por meio da Secretaria Municipal de Saúde e do setor competente, seja realizado o pagamento do adicional de insalubridade no percentual de 40% aos auxiliares e técnicos em saúde bucal do município de Envira.</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Breno Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/187/indicacao_no_001-2026_-_vbl_-_eja_na_comunidade_rural_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 001/2026, DE 12 DE MARÇO DE 2026, DE AUTORIA DO VEREADOR BRENO LOPES, QUE INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE VIABILIDADE PARA A EXECUÇÃO DO PROGRAMA EDUCAÇÃO DE JOVENS E ADULTOS (EJA) NAS COMUNIDADES RURAIS DO MUNICÍPIO DE ENVIRA.</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/192/indicacao_no_002-2026_-_vfl-_construcao_de_lombada.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO PARA CONSTRUÇÃO DE UMA LOMBADA (QUEBRA-MOLAS) NA RUA NELSON BASTOS, BAIRRO SANTA RITA, A PEDIDO DE MORADORES.</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/195/indicacao_no_003-2026_-_solicitacao_de_medicamento_-_oxcarbazepina_600mg.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE DISPONIBILIZAÇÃO DO MEDICAMENTO OXCARBAZEPINA 600 MG NA REDE MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/197/indicacao_no_002-2026_-_vfl-_construcao_de_lombada.pdf</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/198/indicacao_no_002-2026_-_ver._nonato_lopes_-_solicitacao_de_lombadas.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 002/2026 DE 24 DE MARÇO DE 2026 DE AUTORIA DO VEREADOR NONATO LOPES A QUAL SOLICITA AO CHEFE DO PODER EXECUTIVO, A IMPLANTAÇÃO DE LOMBADAS (QUEBRA-MOLAS) EM VIAS PÚBLICAS DO MUNICÍPIO NAS RUAS: GETÚLIO VARGAS, BAIRRO CONCÓRDIA E RUA PILOTO JOÃO FONSECA, BAIRRO SÃO FRANCISCO</t>
+  </si>
+  <si>
     <t>171</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Ivon Rates da Silva</t>
   </si>
   <si>
-    <t>https://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/171/projeto_de_lei_no_459-2026_reajuste_professores_2026.pdf</t>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/171/projeto_de_lei_no_459-2026_reajuste_professores_2026.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 459/2026, de 23 de Janeiro de 2026 que concede reajuste de vencimento aos profissionais d magistério público do município de Envira e atualiza o Anexo IV, gratificações.</t>
   </si>
   <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>RADM</t>
+  </si>
+  <si>
+    <t>Resolução Administrativa</t>
+  </si>
+  <si>
+    <t>Plenário - PLEN</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/200/resolucao_administrativa-designacao-astro.pdf</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO ADMINISTRATIVA Nº 01/2026 DE 27 DE MARÇO DE 2026, A QUAL DISPÕE SOBRE A DESIGNAÇÃO DO VEREADOR ASTRO BEZERRA DE LIRA PARA COMPOSIÇÃO DAS COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE ENVIRA-AM, EM DECORRÊNCIA DA VACÂNCIA DO CARGO ANTERIORMENTE OCUPADO PELO VEREADOR FRANCISCO ALVES DA COSTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Legislativo</t>
+  </si>
+  <si>
+    <t>Ivan Pereira</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/189/projeto_de_lei_no_001-2026_-_gvi.pdf</t>
+  </si>
+  <si>
+    <t>lNSTITUI A SEMANA DA AGRICULTURA FAMILIAR NO ÂMBITO DO MUNICIPIO DE ENVIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/190/projeto_de_lei_no_002-2026-gvi.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA A PROMOÇÃO DE AÇÕES DE PREVENÇÃO À VIOLÊNCIA CONTRA EDUCADORES NO MUNICÍPIO DE ENVIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>175</t>
   </si>
   <si>
     <t>PRC</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/175/parecer_conjunto_e_acordao_no_01-2026.pdf</t>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/175/parecer_conjunto_e_acordao_no_01-2026.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto n° 01/2026 das Comissões Pemanentes de Constituição e Justiça; Finanças e Orçamento; Redação Final; e Educação, Cultua, Desporto e Lazer, sobre Projeto de Lei n° 459/2026, que concede reajuste de vencimento aos profissionais do Magístério Público do Município de Envira e dá outras providênoias.</t>
   </si>
   <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/176/parecer_conjunto_das_comissoes_ccj_cfo_crf_cecdl.pdf</t>
+  </si>
+  <si>
+    <t>Parecer conjunto n° 031/2025 das Comissões Permanentes de Constituigao e Justiça; Finanças e Orçamento; Redação Final, e Educação, Cultura, Desporto e Lazer, sobre Projeto de Lei Legislativo n° 002/2025, de 03 de dezembro de 2025, que institui o "Dia Municipal da Bíblia" no âmbito do Municipio de Envira-AM, e de outras providências.</t>
+  </si>
+  <si>
     <t>174</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/174/emenda_supressiva_no_001-2026.pdf</t>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/174/emenda_supressiva_no_001-2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a supressão do artigo 3° do projeto de lei n° 459/2o26, que concede reajuste de vencimento aos profissionais do magistério público do Município de Envira, atualiza o anexo IV, as gratificações da lei n° 355, de 12 de dezembro de 2018, que institu o plano de Cargos, Carreira e Remuneração dos Profissionais do Magistério Público do Município de Envira e dá outras providências.</t>
   </si>
   <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Arquivo - ARQ</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/180/mocao_de_aplausos_aleam-_camara_de_envira.pdf</t>
+  </si>
+  <si>
+    <t>OFÍCIO Nº 10/2026 – ASSEMBLEIA LEGISLATIVA DO ESTADO DO AMAZONAS</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>OF</t>
+  </si>
+  <si>
+    <t>Ofício</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/184/oficio_no_023-2026_-_gabinete_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha-se ao Poder Legislativo o Plano de Sustentabilidade referente ao Instrumento nº 964948/2024, cujo objeto trata da pavimentação em área rural no município de Envira/AM, para conhecimento e demais providências que se fizerem necessárias.</t>
+  </si>
+  <si>
     <t>172</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Abraão Cláudio</t>
   </si>
   <si>
-    <t>https://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/172/requerimento_no_001-2026_autoria_vereador_abraao_claudio.pdf</t>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/172/requerimento_no_001-2026_autoria_vereador_abraao_claudio.pdf</t>
   </si>
   <si>
     <t>Solicitação do Executivo Municipal, Projeto de Lei para o enquadramento dos cargos de Monitor e Auxiliar de Educação Infantil na carreira do Magistério Municipal, em conformidade com a Lei Federal nº 15.326, de 06 de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/177/requerimento_no_002-2026_-_ver._abraao_-_solicitacao_de_projeto_de_lei_sobre_gestor_escolar.pdf</t>
+  </si>
+  <si>
+    <t>Solicita reanálise e encaminhamento de Projeto de Lei Complementar para revisão da remuneração do Professor que exerce a função de Gestor Escolar.</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/178/requerimento_no_001-2026_-_ver._sebastiao_ivan-_solicitacao_de_projeto_de_lei.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o encaminhamento, em regime de urgência, de Projeto de Lei dispondo sobre a concessão de ajuda de custo aos Policiais Militares e Policiais Civis que atuam no Município de Envira.</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/181/requerimento_002-2026_-_pedido_de_dispensa_da_sessao.pdf</t>
+  </si>
+  <si>
+    <t>Requer a justificativa de ausência do Vereador Sebastião Ivan Pereira de Souza na 01ª Sessão Ordinária do 1º Período Legislativo de 2026, realizada em 20 de fevereiro de 2026, por motivo de interesse particular, nos termos da Lei Municipal nº 203/2008 e da Lei Orgânica do Município.</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>Clemonds Pinheiro</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Pedido de Dispensa</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>Rômulo Oliveira</t>
+  </si>
+  <si>
+    <t>Pedido de Dispensa da Sessão</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/188/requerimento_no_001-2026_-_gabinete_do_vereador_ivan.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Informação nº 001, de 12 de março de 2026, de autoria do vereador Sebastião Ivan, que solicita informações sobre a usina de oxigênio, a qual se encontra parada há quase um ano.</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>João Kennedy</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/193/requerimento_no_001_-_2026_-_vjk_-_solicitacao_de_informacao_e_providencias.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE INFORMAÇÕES E PROVIDÊNCIAS ACERCA DO CUMPRIMENTO DE DECISÃO JUDICIAL PELO MUNICÍPIO DE ENVIRA.</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/194/requerimento_no_001-2026_-_vrnl_-_solicita_a_realizacao_de_tapa_buracos_em_frente_escola_infantil_madre_anselma.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE REPAROS EMERGENCIAIS (TAPA-BURACOS) NA RUA AGNELO FERREIRA, BAIRRO DA VÁRZEA, EM FRENTE AO CENTRO DE EDUCAÇÃO INFANTIL MADRE ANSELMA.</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/196/requerimento_002_-_2026_-_vjk_-_informacao_sobre_atividades_do_cras.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITA INFORMAÇÕES ATUALIZADAS SOBRE O INÍCIO DAS ATIVIDADES DO CRAS REFERENTE AS CRIANÇAS E ADOLESCENTES.</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/199/requerimento_no_003_-_2026_ver._joao_kennedy_-_solicitacao_de_informacao.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE INFORMAÇÃO Nº 003 - DE 24 DE MARÇO DE 2026 DE AUTORIA DO VEREADOR JOÃO KENNEDY, A QUAL SOLICITA INFORMAÇÕES ACERCA DO DECRETO MUNICIPAL Nº 030, DE 23 DE JANEIRO DE 2025, QUE TRATA DO PAGAMENTO DE DESPESAS SEM COBERTURA CONTRATUAL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -474,68 +777,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/173/emenda_modificativa_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/171/projeto_de_lei_no_459-2026_reajuste_professores_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/175/parecer_conjunto_e_acordao_no_01-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/174/emenda_supressiva_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/172/requerimento_no_001-2026_autoria_vereador_abraao_claudio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/173/emenda_modificativa_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/179/indicacao_no_001-2026_-_ver._lindomar_-_capacitacao_de_seguranca_escolar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/185/indicacao_no_001-2026_-_vereador_nonato_lopes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/186/indicacao_no_001-2026_-_vereador_rerison.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/187/indicacao_no_001-2026_-_vbl_-_eja_na_comunidade_rural_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/192/indicacao_no_002-2026_-_vfl-_construcao_de_lombada.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/195/indicacao_no_003-2026_-_solicitacao_de_medicamento_-_oxcarbazepina_600mg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/197/indicacao_no_002-2026_-_vfl-_construcao_de_lombada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/198/indicacao_no_002-2026_-_ver._nonato_lopes_-_solicitacao_de_lombadas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/171/projeto_de_lei_no_459-2026_reajuste_professores_2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/200/resolucao_administrativa-designacao-astro.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/189/projeto_de_lei_no_001-2026_-_gvi.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/190/projeto_de_lei_no_002-2026-gvi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/175/parecer_conjunto_e_acordao_no_01-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/176/parecer_conjunto_das_comissoes_ccj_cfo_crf_cecdl.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/174/emenda_supressiva_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/180/mocao_de_aplausos_aleam-_camara_de_envira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/184/oficio_no_023-2026_-_gabinete_prefeito.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/172/requerimento_no_001-2026_autoria_vereador_abraao_claudio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/177/requerimento_no_002-2026_-_ver._abraao_-_solicitacao_de_projeto_de_lei_sobre_gestor_escolar.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/178/requerimento_no_001-2026_-_ver._sebastiao_ivan-_solicitacao_de_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/181/requerimento_002-2026_-_pedido_de_dispensa_da_sessao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/188/requerimento_no_001-2026_-_gabinete_do_vereador_ivan.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/193/requerimento_no_001_-_2026_-_vjk_-_solicitacao_de_informacao_e_providencias.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/194/requerimento_no_001-2026_-_vrnl_-_solicita_a_realizacao_de_tapa_buracos_em_frente_escola_infantil_madre_anselma.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/196/requerimento_002_-_2026_-_vjk_-_informacao_sobre_atividades_do_cras.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.envira.am.leg.br/media/sapl/public/materialegislativa/2026/199/requerimento_no_003_-_2026_ver._joao_kennedy_-_solicitacao_de_informacao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="156.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="179.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -555,153 +858,801 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="G4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="1" t="s">
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
+        <v>18</v>
+      </c>
+      <c r="F8" t="s">
+        <v>19</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>59</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>10</v>
       </c>
-      <c r="D6" t="s">
-[...11 lines deleted...]
-      <c r="H6" t="s">
+      <c r="D12" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>62</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>66</v>
+      </c>
+      <c r="E13" t="s">
+        <v>67</v>
+      </c>
+      <c r="F13" t="s">
+        <v>68</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H13" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D14" t="s">
+        <v>66</v>
+      </c>
+      <c r="E14" t="s">
+        <v>67</v>
+      </c>
+      <c r="F14" t="s">
+        <v>68</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H14" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>75</v>
+      </c>
+      <c r="E15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H15" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>79</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>23</v>
+      </c>
+      <c r="D16" t="s">
+        <v>75</v>
+      </c>
+      <c r="E16" t="s">
+        <v>76</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H16" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>82</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
+        <v>84</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H17" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>87</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F18" t="s">
+        <v>90</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H18" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>93</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>94</v>
+      </c>
+      <c r="D19" t="s">
+        <v>95</v>
+      </c>
+      <c r="E19" t="s">
+        <v>96</v>
+      </c>
+      <c r="F19" t="s">
+        <v>56</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H19" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>99</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
+        <v>100</v>
+      </c>
+      <c r="E20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F20" t="s">
+        <v>102</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H20" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>105</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>23</v>
+      </c>
+      <c r="D21" t="s">
+        <v>100</v>
+      </c>
+      <c r="E21" t="s">
+        <v>101</v>
+      </c>
+      <c r="F21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H21" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>28</v>
+      </c>
+      <c r="D22" t="s">
+        <v>100</v>
+      </c>
+      <c r="E22" t="s">
+        <v>101</v>
+      </c>
+      <c r="F22" t="s">
+        <v>68</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H22" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>33</v>
+      </c>
+      <c r="D23" t="s">
+        <v>100</v>
+      </c>
+      <c r="E23" t="s">
+        <v>101</v>
+      </c>
+      <c r="F23" t="s">
+        <v>68</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H23" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>114</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>38</v>
+      </c>
+      <c r="D24" t="s">
+        <v>100</v>
+      </c>
+      <c r="E24" t="s">
+        <v>101</v>
+      </c>
+      <c r="F24" t="s">
+        <v>115</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H24" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>118</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>42</v>
+      </c>
+      <c r="D25" t="s">
+        <v>100</v>
+      </c>
+      <c r="E25" t="s">
+        <v>101</v>
+      </c>
+      <c r="F25" t="s">
+        <v>119</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H25" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>121</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>46</v>
+      </c>
+      <c r="D26" t="s">
+        <v>100</v>
+      </c>
+      <c r="E26" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" t="s">
+        <v>68</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H26" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>124</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>49</v>
+      </c>
+      <c r="D27" t="s">
+        <v>100</v>
+      </c>
+      <c r="E27" t="s">
+        <v>101</v>
+      </c>
+      <c r="F27" t="s">
+        <v>125</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H27" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>128</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>129</v>
+      </c>
+      <c r="D28" t="s">
+        <v>100</v>
+      </c>
+      <c r="E28" t="s">
+        <v>101</v>
+      </c>
+      <c r="F28" t="s">
+        <v>24</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H28" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>132</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>133</v>
+      </c>
+      <c r="D29" t="s">
+        <v>100</v>
+      </c>
+      <c r="E29" t="s">
+        <v>101</v>
+      </c>
+      <c r="F29" t="s">
+        <v>125</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H29" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>136</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>137</v>
+      </c>
+      <c r="D30" t="s">
+        <v>100</v>
+      </c>
+      <c r="E30" t="s">
+        <v>101</v>
+      </c>
+      <c r="F30" t="s">
+        <v>125</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H30" t="s">
+        <v>139</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>